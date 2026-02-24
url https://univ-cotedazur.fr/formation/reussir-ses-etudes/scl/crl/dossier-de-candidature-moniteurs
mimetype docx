--- v0 (2025-10-04)
+++ v1 (2026-02-24)
@@ -17,67 +17,51 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5FF7DA20" w14:textId="339D3CC2" w:rsidR="000E2319" w:rsidRPr="00F372A7" w:rsidRDefault="00ED39F0" w:rsidP="00ED39F0">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F372A7">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>Dossier de candidature des moniteurs/</w:t>
-[...15 lines deleted...]
-        <w:t>-étudiant(e)s au CRL</w:t>
+        <w:t>Dossier de candidature des moniteurs/trices-étudiant(e)s au CRL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3230B23F" w14:textId="4E5FE205" w:rsidR="00ED39F0" w:rsidRDefault="00ED39F0"/>
     <w:p w14:paraId="4F6EADF6" w14:textId="66082EC1" w:rsidR="00ED39F0" w:rsidRPr="00A64CCA" w:rsidRDefault="00ED39F0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prière de bien vouloir envoyer l’ensemble des pièces justificatives demandées ci-après à l’adresse suivante : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="006F7CC5" w:rsidRPr="00A64CCA">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>crl.recrutement</w:t>
@@ -809,67 +793,51 @@
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002F221C" w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004501B0" w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Attestation sur l’honneur</w:t>
       </w:r>
       <w:r w:rsidR="004501B0" w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (sur papier libre : « Je soussigné, xxx, atteste que… »), datée et signée, précisant que vous n’avez AUCUN autre emploi durant la période dans une administration publique française dépendant du Rectorat : collège, lycée, université, organisme de </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> ainsi que </w:t>
+        <w:t xml:space="preserve"> (sur papier libre : « Je soussigné, xxx, atteste que… »), datée et signée, précisant que vous n’avez AUCUN autre emploi durant la période dans une administration publique française dépendant du Rectorat : collège, lycée, université, organisme de recherche,… ainsi que </w:t>
       </w:r>
       <w:r w:rsidR="0036590A" w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>à Université Côte d’Azur.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C3CD149" w14:textId="00A51043" w:rsidR="0036590A" w:rsidRPr="00A64CCA" w:rsidRDefault="00000000" w:rsidP="0015690E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
@@ -995,355 +963,179 @@
       </w:r>
       <w:r w:rsidR="00E74DA3" w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21016ED1" w14:textId="77777777" w:rsidR="00261135" w:rsidRDefault="00261135" w:rsidP="00261135">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AFFED28" w14:textId="77777777" w:rsidR="00261135" w:rsidRPr="00261135" w:rsidRDefault="00261135" w:rsidP="00261135">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2897EC05" w14:textId="586E7F6F" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00261135">
+    <w:p w14:paraId="2897EC05" w14:textId="42D8A165" w:rsidR="00E74DA3" w:rsidRDefault="00121985" w:rsidP="00261135">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A64CCA">
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Adresses </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="221BA310" w14:textId="71E99C26" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00E74DA3">
+        <w:t>Tests en langues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512B6996" w14:textId="72959E98" w:rsidR="00121985" w:rsidRDefault="00121985" w:rsidP="00121985">
+      <w:r>
+        <w:t xml:space="preserve">Le CRL accepte les certifications en langues (TOEIC, TOEFL, DALF, HSK,…), ainsi que le test de positionnement SELF. Pour ce test, veuillez vous rendre à l’adresse suivante : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="134FD63B" w14:textId="163AA962" w:rsidR="00121985" w:rsidRDefault="00121985" w:rsidP="00121985">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00743276">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>https://self-artemis.univ-grenoble-alpes.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="09A03DF5" w14:textId="65DCB79D" w:rsidR="00121985" w:rsidRDefault="00121985" w:rsidP="00121985">
+      <w:r>
+        <w:t>Inscrivez-vous si ce n’est pas déjà le cas, puis entrez le code de session suivant : « CRLrecrutement ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5439EFFA" w14:textId="3FD36BD7" w:rsidR="00121985" w:rsidRDefault="00121985" w:rsidP="00121985">
+      <w:r>
+        <w:t>Choisir la langue du test parmi les propositions, puis joindre le document .pdf du résultat à votre candidature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AEDB176" w14:textId="70C64BC1" w:rsidR="00121985" w:rsidRPr="00121985" w:rsidRDefault="00121985" w:rsidP="00121985">
+      <w:pPr>
+        <w:pStyle w:val="Titre2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Autres langues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD51B88" w14:textId="3FFC9AA7" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00E74DA3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Anglais : </w:t>
-[...148 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Portugais : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="009E69C2" w:rsidRPr="00A64CCA">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.ifesp.com.br/teste-de-nivel</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="668B852C" w14:textId="4ED3E5C2" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00E74DA3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Russe : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="009E69C2" w:rsidRPr="00A64CCA">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.transparent.com/learn-russian/proficiency-test.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D2C048E" w14:textId="4B0F273A" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00E74DA3">
+    <w:p w14:paraId="7CDE61FA" w14:textId="63134E38" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00E74DA3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chinois : </w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Arabe : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="001C592A" w:rsidRPr="00A64CCA">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.esl.fr/fr/test-de-langue-en-ligne/test-arabe</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="20AC5812" w14:textId="37FE250E" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00E74DA3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BE06C8B" w14:textId="63E34D39" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00261135">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="00261135">
         <w:t>Compléments</w:t>
       </w:r>
@@ -1361,199 +1153,189 @@
         <w:t>Tout dossier incomplet ne sera pas présenté en commission</w:t>
       </w:r>
       <w:r w:rsidRPr="00A64CCA">
         <w:t>. Il y aura une commission de recrutement avant l'ouverture des CRL, puis pendant, « au fil de l'eau ». Différents critères sont examinés et pris en compte : disponibilités, langues proposées et mobilités vers d'autres campus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D6E69B" w14:textId="77777777" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00E74DA3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
       </w:pPr>
       <w:r w:rsidRPr="00A64CCA">
         <w:t>La passation d'un autre test de niveau ou d'un oral en langue cible pourra vous être demandée afin de compléter votre dossier.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70599662" w14:textId="014D5AA5" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00E74DA3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
       </w:pPr>
       <w:r w:rsidRPr="00A64CCA">
         <w:t xml:space="preserve">Petit rappel : les heures travaillées en CRL doivent être des heures libres, hors celles de vos cours, pause pédagogique et examen(s). Votre « employeur principal » reste </w:t>
       </w:r>
       <w:r w:rsidR="00277DFA">
         <w:t>Université Côte d’Azur</w:t>
       </w:r>
       <w:r w:rsidRPr="00A64CCA">
-        <w:t xml:space="preserve"> en votre qualité d'étudiant/e. Les heures travaillées en CRL sont complémentaires sous statut spécifique de monitrice/</w:t>
-[...7 lines deleted...]
-        <w:t>étudiant</w:t>
+        <w:t xml:space="preserve"> en votre qualité d'étudiant/e. Les heures travaillées en CRL sont complémentaires sous statut spécifique de monitrice/teur-étudiant</w:t>
       </w:r>
       <w:r w:rsidR="004B0831">
         <w:t>.e</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A64CCA">
         <w:t xml:space="preserve"> découlant du Code de l'Éducation, d'où la limite mensuelle imposée.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37EB11C8" w14:textId="77777777" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00E74DA3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
       </w:pPr>
       <w:r w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:rStyle w:val="lev"/>
         </w:rPr>
         <w:t xml:space="preserve">*LMD : </w:t>
       </w:r>
       <w:r w:rsidRPr="00A64CCA">
         <w:t>Licence, Master, Doctorat</w:t>
       </w:r>
       <w:r w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:rStyle w:val="Accentuation"/>
         </w:rPr>
         <w:t xml:space="preserve"> (article 8 du Décret n° 2007-1915 du 26 décembre 2007 pris en application de l'article L. 811-2 du code de l'éducation et fixant les conditions de recrutement et d'emploi des étudiants au sein des établissements publics d'enseignement supérieur.). Ce dispositif offert aux étudiants LMD n'est pas accessible aux étudiants en formation continue, CUEFLE, ERASMUS ... </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5015F9F3" w14:textId="77777777" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00E74DA3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
       </w:pPr>
       <w:r w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:rStyle w:val="Accentuation"/>
         </w:rPr>
         <w:t xml:space="preserve">Nous restons bien entendu à votre disposition pour toute information complémentaire : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00A64CCA">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>crl@univ-cotedazur.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="22166C3C" w14:textId="0FE2F274" w:rsidR="00E74DA3" w:rsidRPr="00A64CCA" w:rsidRDefault="00E74DA3" w:rsidP="00E74DA3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rStyle w:val="Accentuation"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A64CCA">
         <w:rPr>
           <w:rStyle w:val="Accentuation"/>
         </w:rPr>
         <w:t>La Direction du SCL et la coordination des CRL.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107BF641" w14:textId="03438058" w:rsidR="002662EA" w:rsidRPr="00E74DA3" w:rsidRDefault="002662EA" w:rsidP="00E74DA3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F9F6791" wp14:editId="3154F6FA">
             <wp:extent cx="2637888" cy="628650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Image 1" descr="Une image contenant texte&#10;&#10;Description générée automatiquement"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Image 1" descr="Une image contenant texte&#10;&#10;Description générée automatiquement"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22" cstate="print">
+                    <a:blip r:embed="rId16" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2658304" cy="633515"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002662EA" w:rsidRPr="00E74DA3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D5766DE" w14:textId="77777777" w:rsidR="00371E2A" w:rsidRDefault="00371E2A" w:rsidP="00F372A7">
+    <w:p w14:paraId="056BBF65" w14:textId="77777777" w:rsidR="00735ABD" w:rsidRDefault="00735ABD" w:rsidP="00F372A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DC2E344" w14:textId="77777777" w:rsidR="00371E2A" w:rsidRDefault="00371E2A" w:rsidP="00F372A7">
+    <w:p w14:paraId="62B2CDC2" w14:textId="77777777" w:rsidR="00735ABD" w:rsidRDefault="00735ABD" w:rsidP="00F372A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1579,78 +1361,78 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69173B84" w14:textId="77777777" w:rsidR="00371E2A" w:rsidRDefault="00371E2A" w:rsidP="00F372A7">
+    <w:p w14:paraId="3C5DA4EE" w14:textId="77777777" w:rsidR="00735ABD" w:rsidRDefault="00735ABD" w:rsidP="00F372A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01FF10A4" w14:textId="77777777" w:rsidR="00371E2A" w:rsidRDefault="00371E2A" w:rsidP="00F372A7">
+    <w:p w14:paraId="12297C50" w14:textId="77777777" w:rsidR="00735ABD" w:rsidRDefault="00735ABD" w:rsidP="00F372A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="55DD5A0C"/>
+    <w:nsid w:val="0EA50A33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="947A9D20"/>
+    <w:tmpl w:val="E4DE9BAE"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
@@ -1717,50 +1499,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55DD5A0C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="947A9D20"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A1D08F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88E43D8E"/>
     <w:lvl w:ilvl="0" w:tplc="040C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1803,127 +1698,132 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="745879261">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1059863844">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1059863844">
+  <w:num w:numId="3" w16cid:durableId="726533343">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00ED39F0"/>
     <w:rsid w:val="000374BD"/>
     <w:rsid w:val="000955C1"/>
     <w:rsid w:val="000E2319"/>
+    <w:rsid w:val="00121985"/>
     <w:rsid w:val="001412A9"/>
     <w:rsid w:val="00144940"/>
     <w:rsid w:val="0015690E"/>
     <w:rsid w:val="001C592A"/>
     <w:rsid w:val="00261135"/>
     <w:rsid w:val="002662EA"/>
     <w:rsid w:val="00270CBF"/>
     <w:rsid w:val="00277DFA"/>
     <w:rsid w:val="002F2176"/>
     <w:rsid w:val="002F221C"/>
     <w:rsid w:val="003242ED"/>
     <w:rsid w:val="0036590A"/>
     <w:rsid w:val="00371E2A"/>
     <w:rsid w:val="004501B0"/>
     <w:rsid w:val="004B0831"/>
     <w:rsid w:val="004C5E2D"/>
     <w:rsid w:val="00536BFC"/>
     <w:rsid w:val="00540527"/>
     <w:rsid w:val="00592175"/>
     <w:rsid w:val="006D426E"/>
     <w:rsid w:val="006F7CC5"/>
+    <w:rsid w:val="00735ABD"/>
     <w:rsid w:val="007D5D44"/>
     <w:rsid w:val="0087308B"/>
     <w:rsid w:val="00916C3D"/>
     <w:rsid w:val="00942DDE"/>
     <w:rsid w:val="0098544C"/>
     <w:rsid w:val="009963CA"/>
     <w:rsid w:val="009D4107"/>
     <w:rsid w:val="009E69C2"/>
     <w:rsid w:val="009F21C7"/>
     <w:rsid w:val="00A049B0"/>
     <w:rsid w:val="00A64CCA"/>
     <w:rsid w:val="00A811E9"/>
     <w:rsid w:val="00AA3042"/>
     <w:rsid w:val="00B330BF"/>
     <w:rsid w:val="00B339A2"/>
     <w:rsid w:val="00BF7C2A"/>
     <w:rsid w:val="00C71306"/>
+    <w:rsid w:val="00CB15CE"/>
     <w:rsid w:val="00CC2107"/>
     <w:rsid w:val="00CD51FC"/>
     <w:rsid w:val="00D849B3"/>
     <w:rsid w:val="00DC1714"/>
     <w:rsid w:val="00E0143D"/>
     <w:rsid w:val="00E74DA3"/>
     <w:rsid w:val="00E878D1"/>
     <w:rsid w:val="00ED39F0"/>
     <w:rsid w:val="00EF1CEA"/>
     <w:rsid w:val="00F372A7"/>
     <w:rsid w:val="00FD1582"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -2341,50 +2241,72 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00E74DA3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00121985"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2531,77 +2453,90 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F372A7"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F372A7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F372A7"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
+    <w:name w:val="Titre 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00121985"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="713236191">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.fr/formation/reussir-ses-etudes/scl/crl/fiche-des-disponibilites-previsionnelles" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esl.fr/fr/test-de-langue-en-ligne/test-italien" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transparent.com/learn-mandarin-chinese/proficiency-test.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crl@univ-cotedazur.fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crl.recrutement@univ-cotedazur.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esl.fr/fr/test-de-langue-en-ligne/test-espagnol" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transparent.com/learn-russian/proficiency-test.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifesp.com.br/teste-de-nivel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esl.fr/fr/test-de-langue-en-ligne/test-arabe" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esl.fr/fr/test-de-langue-en-ligne/test-anglais" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esl.fr/fr/test-de-langue-en-ligne/test-francais" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ameli.fr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transparent.com/learn-japanese/proficiency-test.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.fr/formation/reussir-ses-etudes/scl/crl/fiche-de-recrutement-biatss" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esl.fr/fr/test-de-langue-en-ligne/test-allemand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.fr/formation/reussir-ses-etudes/scl/crl/fiche-des-disponibilites-previsionnelles" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transparent.com/learn-russian/proficiency-test.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crl.recrutement@univ-cotedazur.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifesp.com.br/teste-de-nivel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://self-artemis.univ-grenoble-alpes.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crl@univ-cotedazur.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ameli.fr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.fr/formation/reussir-ses-etudes/scl/crl/fiche-de-recrutement-biatss" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esl.fr/fr/test-de-langue-en-ligne/test-arabe" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2860,70 +2795,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>838</Words>
-  <Characters>4609</Characters>
+  <Words>750</Words>
+  <Characters>4126</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5437</CharactersWithSpaces>
+  <CharactersWithSpaces>4867</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mathieu Spehar</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>