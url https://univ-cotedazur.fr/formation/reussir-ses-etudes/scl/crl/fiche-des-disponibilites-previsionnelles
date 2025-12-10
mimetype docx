--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -1,201 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3356E097" w14:textId="73A25CC6" w:rsidR="002A7583" w:rsidRPr="00B36DE6" w:rsidRDefault="00590196" w:rsidP="1B3C8B23">
+    <w:p w14:paraId="3356E097" w14:textId="03DC00DB" w:rsidR="002A7583" w:rsidRPr="00B36DE6" w:rsidRDefault="002A7583" w:rsidP="1B3C8B23">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="1B3C8B23">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:drawing>
-[...55 lines deleted...]
-      <w:r w:rsidR="002A7583" w:rsidRPr="1B3C8B23">
+        <w:t xml:space="preserve">Disponibilités pour </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1202">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Disponibilités pour </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC1202">
+        <w:t>l’année universitaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1B3C8B23">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>l’année universitaire</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A7583" w:rsidRPr="1B3C8B23">
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="403F4749" w:rsidRPr="1B3C8B23">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="403F4749" w:rsidRPr="1B3C8B23">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1202">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC1202">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1B3C8B23">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A7583" w:rsidRPr="1B3C8B23">
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1202">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>-202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC1202">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="001A30C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t xml:space="preserve"> – Semestre 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26F2C950" w14:textId="4BE87FD1" w:rsidR="002A7583" w:rsidRPr="00B36DE6" w:rsidRDefault="002A7583" w:rsidP="002A7583">
       <w:pPr>
         <w:spacing w:line="187" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B0095E2" w14:textId="3B0D7650" w:rsidR="0016444B" w:rsidRDefault="002A7583" w:rsidP="002A7583">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="19DEC622">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
@@ -1304,51 +1252,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B2859C1" wp14:editId="36083361">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4824730</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>7976235</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6711950" cy="2813050"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Image 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6711950" cy="2813050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
@@ -1388,381 +1336,392 @@
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1763"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1565"/>
         <w:gridCol w:w="1393"/>
         <w:gridCol w:w="1545"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A44D5" w:rsidRPr="00B36DE6" w14:paraId="2AC6313B" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="007A44D5" w:rsidRPr="00B36DE6" w14:paraId="2AC6313B" w14:textId="77777777" w:rsidTr="00D52907">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="38F3CE78" w14:textId="77777777" w:rsidR="002A7583" w:rsidRPr="00B36DE6" w:rsidRDefault="002A7583" w:rsidP="002A7583">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7C44B58B" w14:textId="77777777" w:rsidR="002A7583" w:rsidRPr="00B36DE6" w:rsidRDefault="002A7583" w:rsidP="002A7583">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>LUNDI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72F5A189" w14:textId="77777777" w:rsidR="002A7583" w:rsidRPr="00B36DE6" w:rsidRDefault="002A7583" w:rsidP="002A7583">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>MARDI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5442F157" w14:textId="77777777" w:rsidR="002A7583" w:rsidRPr="00B36DE6" w:rsidRDefault="002A7583" w:rsidP="002A7583">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>MERCREDI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27317817" w14:textId="77777777" w:rsidR="002A7583" w:rsidRPr="00B36DE6" w:rsidRDefault="002A7583" w:rsidP="002A7583">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>JEUDI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2FD8C9E5" w14:textId="77777777" w:rsidR="002A7583" w:rsidRPr="00B36DE6" w:rsidRDefault="002A7583" w:rsidP="002A7583">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>VENDREDI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="111605AE" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="111605AE" w14:textId="77777777" w:rsidTr="00D52907">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66CEE74A" w14:textId="72708062" w:rsidR="00C43100" w:rsidRPr="00E3375F" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3375F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Précisez Si CRL ≠</w:t>
             </w:r>
             <w:r w:rsidR="00E3375F" w:rsidRPr="00E3375F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="2A8BFEA4" w14:textId="5DC0D8D2" w:rsidR="00C43100" w:rsidRDefault="00020986" w:rsidP="00C43100">
+            <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A8BFEA4" w14:textId="5DC0D8D2" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Campus =/ Lundi"/>
                 <w:tag w:val="CampusDiffLu"/>
                 <w:id w:val="1233812629"/>
                 <w:placeholder>
                   <w:docPart w:val="9CFE7DE9A65A41E9868A8387580C8D0E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Carlone" w:value="Carlone"/>
                   <w:listItem w:displayText="Trotabas" w:value="Trotabas"/>
                   <w:listItem w:displayText="SJA" w:value="SJA"/>
                   <w:listItem w:displayText="Valrose" w:value="Valrose"/>
                   <w:listItem w:displayText="Fabron" w:value="Fabron"/>
                   <w:listItem w:displayText="INSPE" w:value="INSPE"/>
                   <w:listItem w:displayText="Pasteur" w:value="Pasteur"/>
                   <w:listItem w:displayText="STAPS" w:value="STAPS"/>
                   <w:listItem w:displayText="SophiaTech" w:value="SophiaTech"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E3375F">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="57B49D9D" w14:textId="1EFCA3AD" w:rsidR="00C43100" w:rsidRDefault="00020986" w:rsidP="00C43100">
+            <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B49D9D" w14:textId="1EFCA3AD" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Campus =/ Mardi"/>
                 <w:tag w:val="CampusDiffMa"/>
                 <w:id w:val="-1602714271"/>
                 <w:placeholder>
                   <w:docPart w:val="3F4800DA8CB548A38DCCFD05BA4E6117"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Carlone" w:value="Carlone"/>
                   <w:listItem w:displayText="Trotabas" w:value="Trotabas"/>
                   <w:listItem w:displayText="SJA" w:value="SJA"/>
                   <w:listItem w:displayText="Valrose" w:value="Valrose"/>
                   <w:listItem w:displayText="Fabron" w:value="Fabron"/>
                   <w:listItem w:displayText="INSPE" w:value="INSPE"/>
                   <w:listItem w:displayText="Pasteur" w:value="Pasteur"/>
                   <w:listItem w:displayText="STAPS" w:value="STAPS"/>
                   <w:listItem w:displayText="SophiaTech" w:value="SophiaTech"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E3375F">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="470F672D" w14:textId="7443E156" w:rsidR="00C43100" w:rsidRDefault="00020986" w:rsidP="00C43100">
+            <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="470F672D" w14:textId="7443E156" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Campus =/ Mercredi"/>
                 <w:tag w:val="CampusDiffMe"/>
                 <w:id w:val="-1563550590"/>
                 <w:placeholder>
                   <w:docPart w:val="DE8D035558BB46D391F96156DC9E6217"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Carlone" w:value="Carlone"/>
                   <w:listItem w:displayText="Trotabas" w:value="Trotabas"/>
                   <w:listItem w:displayText="SJA" w:value="SJA"/>
                   <w:listItem w:displayText="Valrose" w:value="Valrose"/>
                   <w:listItem w:displayText="Fabron" w:value="Fabron"/>
                   <w:listItem w:displayText="INSPE" w:value="INSPE"/>
                   <w:listItem w:displayText="Pasteur" w:value="Pasteur"/>
                   <w:listItem w:displayText="STAPS" w:value="STAPS"/>
                   <w:listItem w:displayText="SophiaTech" w:value="SophiaTech"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E3375F">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="34F60CB4" w14:textId="0A4DEA48" w:rsidR="00C43100" w:rsidRDefault="00020986" w:rsidP="00C43100">
+            <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F60CB4" w14:textId="0A4DEA48" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Campus =/ Jeudi"/>
                 <w:tag w:val="CampusDiffJe"/>
                 <w:id w:val="-925267552"/>
                 <w:placeholder>
                   <w:docPart w:val="A5C6A40F325244129EB0EC230555A316"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Carlone" w:value="Carlone"/>
@@ -1772,52 +1731,53 @@
                   <w:listItem w:displayText="Fabron" w:value="Fabron"/>
                   <w:listItem w:displayText="INSPE" w:value="INSPE"/>
                   <w:listItem w:displayText="Pasteur" w:value="Pasteur"/>
                   <w:listItem w:displayText="STAPS" w:value="STAPS"/>
                   <w:listItem w:displayText="SophiaTech" w:value="SophiaTech"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E3375F">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="5E5229AF" w14:textId="6DC5D1A4" w:rsidR="00C43100" w:rsidRDefault="00020986" w:rsidP="00C43100">
+            <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5229AF" w14:textId="6DC5D1A4" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Campus =/ Vendredi"/>
                 <w:tag w:val="CampusDiffVe"/>
                 <w:id w:val="1064292278"/>
                 <w:placeholder>
                   <w:docPart w:val="C5B23CD958964D38B6128D68E9E9BDA6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Carlone" w:value="Carlone"/>
                   <w:listItem w:displayText="Trotabas" w:value="Trotabas"/>
                   <w:listItem w:displayText="SJA" w:value="SJA"/>
                   <w:listItem w:displayText="Valrose" w:value="Valrose"/>
@@ -1849,230 +1809,230 @@
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0AC794C9" w14:textId="5013F49A" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>09h-10h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25A38F87" w14:textId="2C8D72E9" w:rsidR="00C43100" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="25A38F87" w14:textId="2C8D72E9" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 09h"/>
                 <w:tag w:val="Lu09"/>
                 <w:id w:val="-361428849"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A54936">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC603D7" w14:textId="1FF0487B" w:rsidR="00C43100" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="0EC603D7" w14:textId="1FF0487B" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 09h"/>
                 <w:tag w:val="Ma09"/>
                 <w:id w:val="-1029404942"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004C0239">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D8E01C1" w14:textId="28A4F6DA" w:rsidR="00C43100" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="5D8E01C1" w14:textId="28A4F6DA" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 09h"/>
                 <w:tag w:val="Me09"/>
                 <w:id w:val="1000466910"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE6413A" w14:textId="398FEF49" w:rsidR="00C43100" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="2BE6413A" w14:textId="398FEF49" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 09h"/>
                 <w:tag w:val="Je09"/>
                 <w:id w:val="-1220676846"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B610811" w14:textId="17F8BBAB" w:rsidR="00C43100" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="3B610811" w14:textId="17F8BBAB" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 09h"/>
                 <w:tag w:val="Ve09"/>
                 <w:id w:val="-1011449961"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
@@ -2095,230 +2055,230 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6015F098" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>10h-11h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44BBEBF5" w14:textId="64EFFCC8" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="44BBEBF5" w14:textId="64EFFCC8" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 10h"/>
                 <w:tag w:val="Lu10"/>
                 <w:id w:val="-1356735177"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7857EFB1" w14:textId="58763C47" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="7857EFB1" w14:textId="58763C47" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 10h"/>
                 <w:tag w:val="Ma10"/>
                 <w:id w:val="284558608"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60934366" w14:textId="63CFBBAF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="60934366" w14:textId="63CFBBAF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 10h"/>
                 <w:tag w:val="Me10"/>
                 <w:id w:val="327418292"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8D81B1" w14:textId="1049A61C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="0C8D81B1" w14:textId="1049A61C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 10h"/>
                 <w:tag w:val="Je10"/>
                 <w:id w:val="-1121919955"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BB50A6A" w14:textId="30317D3D" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="2BB50A6A" w14:textId="30317D3D" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 10h"/>
                 <w:tag w:val="Ve10"/>
                 <w:id w:val="-729459308"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
@@ -2344,230 +2304,230 @@
           </w:tcPr>
           <w:p w14:paraId="26EB1A2A" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>11h-12h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24577408" w14:textId="0C555975" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="24577408" w14:textId="0C555975" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 11h"/>
                 <w:tag w:val="Lu11"/>
                 <w:id w:val="70864520"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0B2847" w14:textId="2EF2B6C0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="4A0B2847" w14:textId="2EF2B6C0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 11h"/>
                 <w:tag w:val="Ma11"/>
                 <w:id w:val="-1121846824"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29150FAD" w14:textId="2B9B1B5C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="29150FAD" w14:textId="2B9B1B5C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 11h"/>
                 <w:tag w:val="Me11"/>
                 <w:id w:val="1878277143"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28071832" w14:textId="14EF7703" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="28071832" w14:textId="14EF7703" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 11h"/>
                 <w:tag w:val="Je11"/>
                 <w:id w:val="-2077881933"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3338006B" w14:textId="3F618E54" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="3338006B" w14:textId="3F618E54" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 11h"/>
                 <w:tag w:val="Ve11"/>
                 <w:id w:val="-1113210820"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
@@ -2590,230 +2550,230 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D32D167" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>12h-13h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31982972" w14:textId="324D2455" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="31982972" w14:textId="324D2455" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 12h"/>
                 <w:tag w:val="Lu12"/>
                 <w:id w:val="1998147596"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="357AC9C4" w14:textId="1025432E" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="357AC9C4" w14:textId="1025432E" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 12h"/>
                 <w:tag w:val="Ma12"/>
                 <w:id w:val="-1574888129"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="429B2564" w14:textId="0B7F27C0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="429B2564" w14:textId="0B7F27C0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 12h"/>
                 <w:tag w:val="Me12"/>
                 <w:id w:val="962767977"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54F64837" w14:textId="076D3070" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="54F64837" w14:textId="076D3070" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 12h"/>
                 <w:tag w:val="Je12"/>
                 <w:id w:val="-1323661883"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="073D4C7C" w14:textId="745A06EB" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="073D4C7C" w14:textId="745A06EB" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 12h"/>
                 <w:tag w:val="Ve12"/>
                 <w:id w:val="1510249025"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
@@ -2836,230 +2796,230 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="41339A47" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>13h-14h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73B27CF7" w14:textId="1A535AF4" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="73B27CF7" w14:textId="1A535AF4" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 13h"/>
                 <w:tag w:val="Lu13"/>
                 <w:id w:val="-1693528892"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21711481" w14:textId="0C1F64CE" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="21711481" w14:textId="0C1F64CE" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 13h"/>
                 <w:tag w:val="Ma13"/>
                 <w:id w:val="-1712568564"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2C6D9C" w14:textId="5FAB6285" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="0A2C6D9C" w14:textId="5FAB6285" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 13h"/>
                 <w:tag w:val="Me13"/>
                 <w:id w:val="-288054365"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6575BDDB" w14:textId="518CF561" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="6575BDDB" w14:textId="518CF561" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 13h"/>
                 <w:tag w:val="Je13"/>
                 <w:id w:val="-1752506272"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71015FA2" w14:textId="21620B00" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="71015FA2" w14:textId="21620B00" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 13h"/>
                 <w:tag w:val="Ve13"/>
                 <w:id w:val="-1738928926"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
@@ -3082,230 +3042,230 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E8B2A90" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>14h-15h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BEC9002" w14:textId="7E232BB9" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="5BEC9002" w14:textId="7E232BB9" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 14"/>
                 <w:tag w:val="Lu14"/>
                 <w:id w:val="495009354"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5D7153" w14:textId="6A2B7691" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="1D5D7153" w14:textId="6A2B7691" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 14h"/>
                 <w:tag w:val="Ma14"/>
                 <w:id w:val="-270703738"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24D13367" w14:textId="661ED0CF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="24D13367" w14:textId="661ED0CF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 14h"/>
                 <w:tag w:val="Me14"/>
                 <w:id w:val="-117074986"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08ADBD61" w14:textId="0A40281B" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="08ADBD61" w14:textId="0A40281B" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 14h"/>
                 <w:tag w:val="Je14"/>
                 <w:id w:val="-935603052"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C46E63E" w14:textId="48F560EF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="0C46E63E" w14:textId="48F560EF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 14h"/>
                 <w:tag w:val="Ve14"/>
                 <w:id w:val="325707337"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
@@ -3328,230 +3288,230 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B8CE9CB" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>15h-16h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77F1E197" w14:textId="5AA2330C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="77F1E197" w14:textId="5AA2330C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 15h"/>
                 <w:tag w:val="Lu15"/>
                 <w:id w:val="1251704337"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15685DB0" w14:textId="71F27B62" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="15685DB0" w14:textId="71F27B62" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 15h"/>
                 <w:tag w:val="Ma15"/>
                 <w:id w:val="-1991859694"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FDED7EA" w14:textId="2D87A9BA" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="5FDED7EA" w14:textId="2D87A9BA" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 15h"/>
                 <w:tag w:val="Me15"/>
                 <w:id w:val="-2130376046"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="030E27F1" w14:textId="2954C99C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="030E27F1" w14:textId="2954C99C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 15h"/>
                 <w:tag w:val="Je15"/>
                 <w:id w:val="227581043"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="511F0CA9" w14:textId="0AA47977" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="511F0CA9" w14:textId="0AA47977" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 15h"/>
                 <w:tag w:val="Ve15"/>
                 <w:id w:val="-1506967591"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
@@ -3577,230 +3537,230 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3482841A" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>16h-17h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E12A50D" w14:textId="323875ED" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="0E12A50D" w14:textId="323875ED" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 16h"/>
                 <w:tag w:val="Lu16"/>
                 <w:id w:val="84048599"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C52A1C3" w14:textId="399A92F4" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="7C52A1C3" w14:textId="399A92F4" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 16h"/>
                 <w:tag w:val="Ma16"/>
                 <w:id w:val="-1614125196"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09149EF8" w14:textId="28D4AD99" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="09149EF8" w14:textId="28D4AD99" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 16h"/>
                 <w:tag w:val="Me16"/>
                 <w:id w:val="-1374231361"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77233D92" w14:textId="73C00265" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="77233D92" w14:textId="73C00265" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 16h"/>
                 <w:tag w:val="Je16"/>
                 <w:id w:val="-1849635920"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DFE140F" w14:textId="2BE31475" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="1DFE140F" w14:textId="2BE31475" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 16h"/>
                 <w:tag w:val="Ve16"/>
                 <w:id w:val="-1603872635"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
@@ -3823,230 +3783,230 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="382A4CF9" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>17h-18h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49D7BD28" w14:textId="1FD6762D" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="49D7BD28" w14:textId="1FD6762D" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 17h"/>
                 <w:tag w:val="Lu17"/>
                 <w:id w:val="202364996"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7480730E" w14:textId="6A081C7A" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="7480730E" w14:textId="6A081C7A" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 17h"/>
                 <w:tag w:val="Ma17"/>
                 <w:id w:val="-2144724704"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ECAE3E2" w14:textId="410474FF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="7ECAE3E2" w14:textId="410474FF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 17h"/>
                 <w:tag w:val="Me17"/>
                 <w:id w:val="-476605117"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4895426C" w14:textId="696261DB" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="4895426C" w14:textId="696261DB" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 17h"/>
                 <w:tag w:val="Je17"/>
                 <w:id w:val="1291793890"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="212203AD" w14:textId="4E3C2DDC" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="212203AD" w14:textId="4E3C2DDC" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 17h"/>
                 <w:tag w:val="Ve17"/>
                 <w:id w:val="1078173180"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
@@ -4072,231 +4032,231 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="122E4CEC" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>18h-19h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1549A499" w14:textId="2FBEFBB7" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="1549A499" w14:textId="2FBEFBB7" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 18h"/>
                 <w:tag w:val="Lu18"/>
                 <w:id w:val="-540519020"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="453C3129" w14:textId="4CC6EB0A" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="453C3129" w14:textId="4CC6EB0A" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 18h"/>
                 <w:tag w:val="Ma18"/>
                 <w:id w:val="807214502"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3136D8D9" w14:textId="729C4DD0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="3136D8D9" w14:textId="729C4DD0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 18h"/>
                 <w:tag w:val="Me18"/>
                 <w:id w:val="-955251310"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2029C657" w14:textId="1D23EA7B" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="2029C657" w14:textId="1D23EA7B" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 18h"/>
                 <w:tag w:val="Je18"/>
                 <w:id w:val="355777587"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DAAB259" w14:textId="6EBE5310" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="7DAAB259" w14:textId="6EBE5310" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 18h"/>
                 <w:tag w:val="Ve18"/>
                 <w:id w:val="956301739"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
@@ -4323,240 +4283,240 @@
           </w:tcPr>
           <w:p w14:paraId="577C80D5" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>19h-20h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E673E8C" w14:textId="1D936CC0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="5E673E8C" w14:textId="1D936CC0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 19h"/>
                 <w:tag w:val="Lu19"/>
                 <w:id w:val="1788777190"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39D77287" w14:textId="6AE18FC3" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="39D77287" w14:textId="6AE18FC3" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 19h"/>
                 <w:tag w:val="Ma19"/>
                 <w:id w:val="-333147158"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19516D94" w14:textId="5D76D2EA" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="19516D94" w14:textId="5D76D2EA" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 19h"/>
                 <w:tag w:val="Me19"/>
                 <w:id w:val="1353921812"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63E573A5" w14:textId="2ECA189C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="63E573A5" w14:textId="2ECA189C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 19h"/>
                 <w:tag w:val="Je19"/>
                 <w:id w:val="916826431"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74927993" w14:textId="69217166" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00020986" w:rsidP="00C43100">
+          <w:p w14:paraId="74927993" w14:textId="69217166" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 19h"/>
                 <w:tag w:val="Ve19"/>
                 <w:id w:val="-401607294"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
@@ -4828,58 +4788,78 @@
         </w:rPr>
         <w:t xml:space="preserve"> lancés en cas d’absence de l’un</w:t>
       </w:r>
       <w:r w:rsidR="009065C4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou l’une</w:t>
       </w:r>
       <w:r w:rsidRPr="00825285">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> de vos collègues</w:t>
       </w:r>
       <w:r w:rsidR="00103553">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D267C6" w:rsidRPr="00825285" w:rsidSect="007A44D5">
+    <w:sectPr w:rsidR="00D267C6" w:rsidRPr="00825285" w:rsidSect="001A30C3">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="505" w:right="1418" w:bottom="510" w:left="1418" w:header="454" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1418" w:bottom="510" w:left="1418" w:header="454" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5E135F7C" w14:textId="77777777" w:rsidR="001A30C3" w:rsidRDefault="001A30C3" w:rsidP="001A30C3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3DFF987B" w14:textId="77777777" w:rsidR="001A30C3" w:rsidRDefault="001A30C3" w:rsidP="001A30C3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4899,156 +4879,263 @@
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="75679B26" w14:textId="77777777" w:rsidR="001A30C3" w:rsidRDefault="001A30C3" w:rsidP="001A30C3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="507EEE53" w14:textId="77777777" w:rsidR="001A30C3" w:rsidRDefault="001A30C3" w:rsidP="001A30C3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5930B658" w14:textId="5A1F4145" w:rsidR="001A30C3" w:rsidRDefault="001A30C3">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C17D82B" wp14:editId="27D65713">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-815532</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-245184</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1934922" cy="461010"/>
+          <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="519184918" name="Image 1" descr="Une image contenant texte, capture d’écran, Police, ligne&#10;&#10;Description générée automatiquement"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1798695718" name="Image 1" descr="Une image contenant texte, capture d’écran, Police, ligne&#10;&#10;Description générée automatiquement"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1934922" cy="461010"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="tfyzEZM0C2dTgWWcLR9miwqQC6xHBjwOIDiazWOxzOZECXKXLr/o80pQiz3f7BjB03vZ5QtAnQI3TyIiLPcpXA==" w:salt="kJrK+LThZq9seK3bnSHK7w=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="dzFPd1vf2yb2B8mhOAoNk97HHRETNG/6FJYiAYr8hXNBk9gnS0M7CbmHpl3RWGgKZ3Liz1IP0stKM1RsLEg0/w==" w:salt="7upRbV+BUA4fAbUx+noFYQ=="/>
   <w:defaultTabStop w:val="57"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E0C4E"/>
     <w:rsid w:val="00003E19"/>
     <w:rsid w:val="00006225"/>
     <w:rsid w:val="00007C76"/>
     <w:rsid w:val="00020986"/>
     <w:rsid w:val="00027B78"/>
     <w:rsid w:val="000A1B3D"/>
     <w:rsid w:val="000E72ED"/>
     <w:rsid w:val="000F2FE9"/>
     <w:rsid w:val="00103553"/>
+    <w:rsid w:val="00117906"/>
     <w:rsid w:val="00132E4C"/>
     <w:rsid w:val="0016444B"/>
+    <w:rsid w:val="001A30C3"/>
     <w:rsid w:val="001A5848"/>
     <w:rsid w:val="001B36F8"/>
     <w:rsid w:val="001E614A"/>
     <w:rsid w:val="00252AC9"/>
     <w:rsid w:val="002876F3"/>
     <w:rsid w:val="002A7583"/>
     <w:rsid w:val="002F270D"/>
     <w:rsid w:val="003555C3"/>
     <w:rsid w:val="003A6D28"/>
     <w:rsid w:val="003C614A"/>
     <w:rsid w:val="003D5CFC"/>
     <w:rsid w:val="00442C76"/>
     <w:rsid w:val="0044623F"/>
     <w:rsid w:val="00460A0E"/>
     <w:rsid w:val="00475A4F"/>
     <w:rsid w:val="0048749D"/>
     <w:rsid w:val="004C0239"/>
     <w:rsid w:val="00590196"/>
     <w:rsid w:val="005B342D"/>
     <w:rsid w:val="00606560"/>
     <w:rsid w:val="0061520E"/>
     <w:rsid w:val="006304B1"/>
     <w:rsid w:val="00650A7B"/>
     <w:rsid w:val="00660130"/>
     <w:rsid w:val="00662D20"/>
     <w:rsid w:val="006A7044"/>
     <w:rsid w:val="006E64A9"/>
     <w:rsid w:val="00772B03"/>
     <w:rsid w:val="007A44D5"/>
     <w:rsid w:val="007C3236"/>
     <w:rsid w:val="007D4766"/>
     <w:rsid w:val="007E0844"/>
     <w:rsid w:val="007E31A9"/>
     <w:rsid w:val="00807884"/>
     <w:rsid w:val="00821A70"/>
     <w:rsid w:val="00825285"/>
     <w:rsid w:val="008268B8"/>
     <w:rsid w:val="00850B43"/>
     <w:rsid w:val="00865725"/>
     <w:rsid w:val="00866290"/>
     <w:rsid w:val="008726BF"/>
     <w:rsid w:val="008863C1"/>
     <w:rsid w:val="008B33E2"/>
+    <w:rsid w:val="008B69CE"/>
     <w:rsid w:val="008E0C4E"/>
+    <w:rsid w:val="00904843"/>
     <w:rsid w:val="009065C4"/>
     <w:rsid w:val="00922589"/>
     <w:rsid w:val="00937948"/>
     <w:rsid w:val="00971CA4"/>
     <w:rsid w:val="00972123"/>
     <w:rsid w:val="009C6746"/>
     <w:rsid w:val="009D7FB0"/>
     <w:rsid w:val="00A41D51"/>
     <w:rsid w:val="00A54936"/>
     <w:rsid w:val="00A74C31"/>
     <w:rsid w:val="00B026D7"/>
     <w:rsid w:val="00B049F4"/>
     <w:rsid w:val="00B34E05"/>
     <w:rsid w:val="00B36DE6"/>
     <w:rsid w:val="00B4104F"/>
     <w:rsid w:val="00B530D5"/>
     <w:rsid w:val="00B63A4F"/>
     <w:rsid w:val="00B656F4"/>
     <w:rsid w:val="00BB74D0"/>
     <w:rsid w:val="00BC1202"/>
     <w:rsid w:val="00BE51E4"/>
     <w:rsid w:val="00C43100"/>
     <w:rsid w:val="00C538E4"/>
     <w:rsid w:val="00C56F65"/>
     <w:rsid w:val="00C77AAC"/>
     <w:rsid w:val="00CB44E8"/>
     <w:rsid w:val="00CC2970"/>
     <w:rsid w:val="00CC68FE"/>
     <w:rsid w:val="00D267C6"/>
     <w:rsid w:val="00D33328"/>
+    <w:rsid w:val="00D52907"/>
     <w:rsid w:val="00DC0F03"/>
     <w:rsid w:val="00DD014D"/>
     <w:rsid w:val="00DF49AB"/>
     <w:rsid w:val="00E154E3"/>
     <w:rsid w:val="00E16977"/>
     <w:rsid w:val="00E30DD7"/>
     <w:rsid w:val="00E3375F"/>
     <w:rsid w:val="00E4200E"/>
     <w:rsid w:val="00E43544"/>
     <w:rsid w:val="00EA67DB"/>
     <w:rsid w:val="00EB0F8A"/>
     <w:rsid w:val="00EB5FBC"/>
     <w:rsid w:val="00EC7B5B"/>
     <w:rsid w:val="00EE766F"/>
     <w:rsid w:val="00F242A5"/>
     <w:rsid w:val="00F81457"/>
     <w:rsid w:val="00FB4D32"/>
     <w:rsid w:val="00FD66DC"/>
     <w:rsid w:val="09301F7E"/>
     <w:rsid w:val="14DB8B8E"/>
     <w:rsid w:val="1525A033"/>
     <w:rsid w:val="19C0D9E4"/>
     <w:rsid w:val="19CBEBF7"/>
     <w:rsid w:val="19DEC622"/>
     <w:rsid w:val="1B3C8B23"/>
@@ -5606,62 +5693,120 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00007C76"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rvision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD66DC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="En-tte">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="En-tteCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001A30C3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
+    <w:name w:val="En-tête Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="En-tte"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001A30C3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PieddepageCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001A30C3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
+    <w:name w:val="Pied de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Pieddepage"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001A30C3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="94EC31FAB53B47468EBC1F603A93469C"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1DC65D8C-B07F-44DC-86BA-5C257CF8AC04}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -6318,52 +6463,54 @@
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00400F53"/>
     <w:rsid w:val="00400F53"/>
     <w:rsid w:val="00451488"/>
     <w:rsid w:val="004C20F8"/>
     <w:rsid w:val="005F376B"/>
     <w:rsid w:val="00606560"/>
     <w:rsid w:val="006931E3"/>
+    <w:rsid w:val="008B69CE"/>
     <w:rsid w:val="009C6746"/>
     <w:rsid w:val="00C1223B"/>
+    <w:rsid w:val="00CA563C"/>
     <w:rsid w:val="00D408CA"/>
     <w:rsid w:val="00E061AD"/>
     <w:rsid w:val="00FF0707"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -7009,50 +7156,63 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A5C6A40F325244129EB0EC230555A3163">
     <w:name w:val="A5C6A40F325244129EB0EC230555A3163"/>
     <w:rsid w:val="004C20F8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5B23CD958964D38B6128D68E9E9BDA63">
     <w:name w:val="C5B23CD958964D38B6128D68E9E9BDA63"/>
     <w:rsid w:val="004C20F8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="648DAD3417844E348807F0EDD31C7EC4">
+    <w:name w:val="648DAD3417844E348807F0EDD31C7EC4"/>
+    <w:rsid w:val="00CA563C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -7301,70 +7461,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEC2C700-3DF3-3D49-AF50-D5365CA75D51}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>370</Words>
-  <Characters>2041</Characters>
+  <Words>372</Words>
+  <Characters>2051</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2407</CharactersWithSpaces>
+  <CharactersWithSpaces>2419</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Invité</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>