--- v1 (2025-12-10)
+++ v2 (2026-02-24)
@@ -1518,51 +1518,51 @@
             <w:r w:rsidRPr="00E3375F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Précisez Si CRL ≠</w:t>
             </w:r>
             <w:r w:rsidR="00E3375F" w:rsidRPr="00E3375F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
             <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8BFEA4" w14:textId="5DC0D8D2" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="2A8BFEA4" w14:textId="5DC0D8D2" w:rsidR="00C43100" w:rsidRDefault="00185B63" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Campus =/ Lundi"/>
                 <w:tag w:val="CampusDiffLu"/>
                 <w:id w:val="1233812629"/>
                 <w:placeholder>
                   <w:docPart w:val="9CFE7DE9A65A41E9868A8387580C8D0E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Carlone" w:value="Carlone"/>
@@ -1571,51 +1571,51 @@
                   <w:listItem w:displayText="Valrose" w:value="Valrose"/>
                   <w:listItem w:displayText="Fabron" w:value="Fabron"/>
                   <w:listItem w:displayText="INSPE" w:value="INSPE"/>
                   <w:listItem w:displayText="Pasteur" w:value="Pasteur"/>
                   <w:listItem w:displayText="STAPS" w:value="STAPS"/>
                   <w:listItem w:displayText="SophiaTech" w:value="SophiaTech"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E3375F">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="57B49D9D" w14:textId="1EFCA3AD" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="57B49D9D" w14:textId="1EFCA3AD" w:rsidR="00C43100" w:rsidRDefault="00185B63" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Campus =/ Mardi"/>
                 <w:tag w:val="CampusDiffMa"/>
                 <w:id w:val="-1602714271"/>
                 <w:placeholder>
                   <w:docPart w:val="3F4800DA8CB548A38DCCFD05BA4E6117"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Carlone" w:value="Carlone"/>
@@ -1624,51 +1624,51 @@
                   <w:listItem w:displayText="Valrose" w:value="Valrose"/>
                   <w:listItem w:displayText="Fabron" w:value="Fabron"/>
                   <w:listItem w:displayText="INSPE" w:value="INSPE"/>
                   <w:listItem w:displayText="Pasteur" w:value="Pasteur"/>
                   <w:listItem w:displayText="STAPS" w:value="STAPS"/>
                   <w:listItem w:displayText="SophiaTech" w:value="SophiaTech"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E3375F">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="470F672D" w14:textId="7443E156" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="470F672D" w14:textId="7443E156" w:rsidR="00C43100" w:rsidRDefault="00185B63" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Campus =/ Mercredi"/>
                 <w:tag w:val="CampusDiffMe"/>
                 <w:id w:val="-1563550590"/>
                 <w:placeholder>
                   <w:docPart w:val="DE8D035558BB46D391F96156DC9E6217"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Carlone" w:value="Carlone"/>
@@ -1677,51 +1677,51 @@
                   <w:listItem w:displayText="Valrose" w:value="Valrose"/>
                   <w:listItem w:displayText="Fabron" w:value="Fabron"/>
                   <w:listItem w:displayText="INSPE" w:value="INSPE"/>
                   <w:listItem w:displayText="Pasteur" w:value="Pasteur"/>
                   <w:listItem w:displayText="STAPS" w:value="STAPS"/>
                   <w:listItem w:displayText="SophiaTech" w:value="SophiaTech"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E3375F">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34F60CB4" w14:textId="0A4DEA48" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="34F60CB4" w14:textId="0A4DEA48" w:rsidR="00C43100" w:rsidRDefault="00185B63" w:rsidP="00C43100">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Campus =/ Jeudi"/>
                 <w:tag w:val="CampusDiffJe"/>
                 <w:id w:val="-925267552"/>
                 <w:placeholder>
                   <w:docPart w:val="A5C6A40F325244129EB0EC230555A316"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Carlone" w:value="Carlone"/>
@@ -1733,2815 +1733,3002 @@
                   <w:listItem w:displayText="Pasteur" w:value="Pasteur"/>
                   <w:listItem w:displayText="STAPS" w:value="STAPS"/>
                   <w:listItem w:displayText="SophiaTech" w:value="SophiaTech"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E3375F">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E5229AF" w14:textId="6DC5D1A4" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="5E5229AF" w14:textId="6DC5D1A4" w:rsidR="00C43100" w:rsidRDefault="00185B63" w:rsidP="00C43100">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Campus =/ Vendredi"/>
                 <w:tag w:val="CampusDiffVe"/>
                 <w:id w:val="1064292278"/>
                 <w:placeholder>
                   <w:docPart w:val="C5B23CD958964D38B6128D68E9E9BDA6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Carlone" w:value="Carlone"/>
                   <w:listItem w:displayText="Trotabas" w:value="Trotabas"/>
                   <w:listItem w:displayText="SJA" w:value="SJA"/>
                   <w:listItem w:displayText="Valrose" w:value="Valrose"/>
                   <w:listItem w:displayText="Fabron" w:value="Fabron"/>
                   <w:listItem w:displayText="INSPE" w:value="INSPE"/>
                   <w:listItem w:displayText="Pasteur" w:value="Pasteur"/>
                   <w:listItem w:displayText="STAPS" w:value="STAPS"/>
                   <w:listItem w:displayText="SophiaTech" w:value="SophiaTech"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E3375F">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="147F3E48" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="57694CD2" w14:textId="77777777" w:rsidTr="0016444B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AC794C9" w14:textId="5013F49A" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
+          <w:p w14:paraId="6E22CB8C" w14:textId="441DCBF7" w:rsidR="003706A8" w:rsidRDefault="003706A8" w:rsidP="003706A8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>08h-09h</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E7BCC2" w14:textId="7C38FDC1" w:rsidR="003706A8" w:rsidRDefault="003706A8" w:rsidP="003706A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="213"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                </w:rPr>
+                <w:alias w:val="Lundi 08h"/>
+                <w:tag w:val="Lu08"/>
+                <w:id w:val="-1082515877"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="26"/>
+                    <w:szCs w:val="26"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="204144E8" w14:textId="66BD13F9" w:rsidR="003706A8" w:rsidRDefault="003706A8" w:rsidP="003706A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="213"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                </w:rPr>
+                <w:alias w:val="Mardi 08h"/>
+                <w:tag w:val="Ma08"/>
+                <w:id w:val="-2075200473"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="26"/>
+                    <w:szCs w:val="26"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1565" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FD3760" w14:textId="3CBE5CA6" w:rsidR="003706A8" w:rsidRDefault="003706A8" w:rsidP="003706A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="213"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                </w:rPr>
+                <w:alias w:val="Mercredi 08h"/>
+                <w:tag w:val="Me08"/>
+                <w:id w:val="-318419370"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="26"/>
+                    <w:szCs w:val="26"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47420F1A" w14:textId="7EEDAE1C" w:rsidR="003706A8" w:rsidRDefault="003706A8" w:rsidP="003706A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="213"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                </w:rPr>
+                <w:alias w:val="Jeudi 08h"/>
+                <w:tag w:val="Je08"/>
+                <w:id w:val="1826468347"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="26"/>
+                    <w:szCs w:val="26"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C4A3F40" w14:textId="498410DC" w:rsidR="003706A8" w:rsidRDefault="003706A8" w:rsidP="003706A8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="26"/>
+                  <w:szCs w:val="26"/>
+                </w:rPr>
+                <w:alias w:val="Vendredi 08h"/>
+                <w:tag w:val="Ve08"/>
+                <w:id w:val="858385581"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="26"/>
+                    <w:szCs w:val="26"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="147F3E48" w14:textId="77777777" w:rsidTr="0016444B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AC794C9" w14:textId="5013F49A" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>09h-10h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25A38F87" w14:textId="2C8D72E9" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="25A38F87" w14:textId="578B7455" w:rsidR="003706A8" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 09h"/>
                 <w:tag w:val="Lu09"/>
                 <w:id w:val="-361428849"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A54936">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC603D7" w14:textId="1FF0487B" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="0EC603D7" w14:textId="1FF0487B" w:rsidR="003706A8" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 09h"/>
                 <w:tag w:val="Ma09"/>
                 <w:id w:val="-1029404942"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="004C0239">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D8E01C1" w14:textId="28A4F6DA" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="5D8E01C1" w14:textId="28A4F6DA" w:rsidR="003706A8" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 09h"/>
                 <w:tag w:val="Me09"/>
                 <w:id w:val="1000466910"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE6413A" w14:textId="398FEF49" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="2BE6413A" w14:textId="398FEF49" w:rsidR="003706A8" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 09h"/>
                 <w:tag w:val="Je09"/>
                 <w:id w:val="-1220676846"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B610811" w14:textId="17F8BBAB" w:rsidR="00C43100" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="3B610811" w14:textId="17F8BBAB" w:rsidR="003706A8" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 09h"/>
                 <w:tag w:val="Ve09"/>
                 <w:id w:val="-1011449961"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
+                <w:r w:rsidRPr="00B36DE6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="5B5D574D" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="5B5D574D" w14:textId="77777777" w:rsidTr="0016444B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6015F098" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
+          <w:p w14:paraId="6015F098" w14:textId="77777777" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>10h-11h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44BBEBF5" w14:textId="64EFFCC8" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="44BBEBF5" w14:textId="64EFFCC8" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 10h"/>
                 <w:tag w:val="Lu10"/>
                 <w:id w:val="-1356735177"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7857EFB1" w14:textId="58763C47" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="7857EFB1" w14:textId="58763C47" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 10h"/>
                 <w:tag w:val="Ma10"/>
                 <w:id w:val="284558608"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60934366" w14:textId="63CFBBAF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="60934366" w14:textId="63CFBBAF" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 10h"/>
                 <w:tag w:val="Me10"/>
                 <w:id w:val="327418292"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8D81B1" w14:textId="1049A61C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="0C8D81B1" w14:textId="1049A61C" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 10h"/>
                 <w:tag w:val="Je10"/>
                 <w:id w:val="-1121919955"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BB50A6A" w14:textId="30317D3D" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="2BB50A6A" w14:textId="30317D3D" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 10h"/>
                 <w:tag w:val="Ve10"/>
                 <w:id w:val="-729459308"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
+                <w:r w:rsidRPr="00B36DE6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="0674E2F0" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="0674E2F0" w14:textId="77777777" w:rsidTr="0016444B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26EB1A2A" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
+          <w:p w14:paraId="26EB1A2A" w14:textId="77777777" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>11h-12h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24577408" w14:textId="0C555975" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="24577408" w14:textId="0C555975" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 11h"/>
                 <w:tag w:val="Lu11"/>
                 <w:id w:val="70864520"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0B2847" w14:textId="2EF2B6C0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="4A0B2847" w14:textId="2EF2B6C0" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 11h"/>
                 <w:tag w:val="Ma11"/>
                 <w:id w:val="-1121846824"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29150FAD" w14:textId="2B9B1B5C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="29150FAD" w14:textId="2B9B1B5C" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 11h"/>
                 <w:tag w:val="Me11"/>
                 <w:id w:val="1878277143"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28071832" w14:textId="14EF7703" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="28071832" w14:textId="486F2B65" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 11h"/>
                 <w:tag w:val="Je11"/>
                 <w:id w:val="-2077881933"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3338006B" w14:textId="3F618E54" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="3338006B" w14:textId="3F618E54" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 11h"/>
                 <w:tag w:val="Ve11"/>
                 <w:id w:val="-1113210820"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
+                <w:r w:rsidRPr="00B36DE6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="55ABF71B" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="55ABF71B" w14:textId="77777777" w:rsidTr="0016444B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D32D167" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
+          <w:p w14:paraId="4D32D167" w14:textId="77777777" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>12h-13h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31982972" w14:textId="324D2455" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="31982972" w14:textId="324D2455" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 12h"/>
                 <w:tag w:val="Lu12"/>
                 <w:id w:val="1998147596"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="357AC9C4" w14:textId="1025432E" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="357AC9C4" w14:textId="1025432E" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 12h"/>
                 <w:tag w:val="Ma12"/>
                 <w:id w:val="-1574888129"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="429B2564" w14:textId="0B7F27C0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="429B2564" w14:textId="0B7F27C0" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 12h"/>
                 <w:tag w:val="Me12"/>
                 <w:id w:val="962767977"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54F64837" w14:textId="076D3070" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="54F64837" w14:textId="076D3070" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 12h"/>
                 <w:tag w:val="Je12"/>
                 <w:id w:val="-1323661883"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="073D4C7C" w14:textId="745A06EB" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="073D4C7C" w14:textId="745A06EB" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 12h"/>
                 <w:tag w:val="Ve12"/>
                 <w:id w:val="1510249025"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
+                <w:r w:rsidRPr="00B36DE6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="5CBECB54" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="5CBECB54" w14:textId="77777777" w:rsidTr="0016444B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41339A47" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
+          <w:p w14:paraId="41339A47" w14:textId="77777777" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>13h-14h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73B27CF7" w14:textId="1A535AF4" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="73B27CF7" w14:textId="1A535AF4" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 13h"/>
                 <w:tag w:val="Lu13"/>
                 <w:id w:val="-1693528892"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21711481" w14:textId="0C1F64CE" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="21711481" w14:textId="0C1F64CE" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 13h"/>
                 <w:tag w:val="Ma13"/>
                 <w:id w:val="-1712568564"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2C6D9C" w14:textId="5FAB6285" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="0A2C6D9C" w14:textId="5FAB6285" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 13h"/>
                 <w:tag w:val="Me13"/>
                 <w:id w:val="-288054365"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6575BDDB" w14:textId="518CF561" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="6575BDDB" w14:textId="518CF561" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 13h"/>
                 <w:tag w:val="Je13"/>
                 <w:id w:val="-1752506272"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71015FA2" w14:textId="21620B00" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="71015FA2" w14:textId="21620B00" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 13h"/>
                 <w:tag w:val="Ve13"/>
                 <w:id w:val="-1738928926"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
+                <w:r w:rsidRPr="00B36DE6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="16FB8E40" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="16FB8E40" w14:textId="77777777" w:rsidTr="0016444B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E8B2A90" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
+          <w:p w14:paraId="1E8B2A90" w14:textId="77777777" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>14h-15h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BEC9002" w14:textId="7E232BB9" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="5BEC9002" w14:textId="7E232BB9" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 14"/>
                 <w:tag w:val="Lu14"/>
                 <w:id w:val="495009354"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5D7153" w14:textId="6A2B7691" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="1D5D7153" w14:textId="6A2B7691" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 14h"/>
                 <w:tag w:val="Ma14"/>
                 <w:id w:val="-270703738"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24D13367" w14:textId="661ED0CF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="24D13367" w14:textId="661ED0CF" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 14h"/>
                 <w:tag w:val="Me14"/>
                 <w:id w:val="-117074986"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08ADBD61" w14:textId="0A40281B" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="08ADBD61" w14:textId="0A40281B" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 14h"/>
                 <w:tag w:val="Je14"/>
                 <w:id w:val="-935603052"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C46E63E" w14:textId="48F560EF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="0C46E63E" w14:textId="48F560EF" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 14h"/>
                 <w:tag w:val="Ve14"/>
                 <w:id w:val="325707337"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
+                <w:r w:rsidRPr="00B36DE6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="2F358D82" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="2F358D82" w14:textId="77777777" w:rsidTr="0016444B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B8CE9CB" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
+          <w:p w14:paraId="4B8CE9CB" w14:textId="77777777" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>15h-16h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77F1E197" w14:textId="5AA2330C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="77F1E197" w14:textId="5AA2330C" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 15h"/>
                 <w:tag w:val="Lu15"/>
                 <w:id w:val="1251704337"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15685DB0" w14:textId="71F27B62" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="15685DB0" w14:textId="71F27B62" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 15h"/>
                 <w:tag w:val="Ma15"/>
                 <w:id w:val="-1991859694"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FDED7EA" w14:textId="2D87A9BA" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="5FDED7EA" w14:textId="2D87A9BA" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 15h"/>
                 <w:tag w:val="Me15"/>
                 <w:id w:val="-2130376046"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="030E27F1" w14:textId="2954C99C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="030E27F1" w14:textId="2954C99C" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 15h"/>
                 <w:tag w:val="Je15"/>
                 <w:id w:val="227581043"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="511F0CA9" w14:textId="0AA47977" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="511F0CA9" w14:textId="0AA47977" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 15h"/>
                 <w:tag w:val="Ve15"/>
                 <w:id w:val="-1506967591"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
+                <w:r w:rsidRPr="00B36DE6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="37544D68" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="37544D68" w14:textId="77777777" w:rsidTr="0016444B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3482841A" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
+          <w:p w14:paraId="3482841A" w14:textId="77777777" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>16h-17h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E12A50D" w14:textId="323875ED" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="0E12A50D" w14:textId="323875ED" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 16h"/>
                 <w:tag w:val="Lu16"/>
                 <w:id w:val="84048599"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C52A1C3" w14:textId="399A92F4" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="7C52A1C3" w14:textId="399A92F4" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 16h"/>
                 <w:tag w:val="Ma16"/>
                 <w:id w:val="-1614125196"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09149EF8" w14:textId="28D4AD99" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="09149EF8" w14:textId="28D4AD99" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 16h"/>
                 <w:tag w:val="Me16"/>
                 <w:id w:val="-1374231361"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77233D92" w14:textId="73C00265" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="77233D92" w14:textId="73C00265" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 16h"/>
                 <w:tag w:val="Je16"/>
                 <w:id w:val="-1849635920"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DFE140F" w14:textId="2BE31475" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="1DFE140F" w14:textId="2BE31475" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 16h"/>
                 <w:tag w:val="Ve16"/>
                 <w:id w:val="-1603872635"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
+                <w:r w:rsidRPr="00B36DE6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="30F3C08A" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="30F3C08A" w14:textId="77777777" w:rsidTr="0016444B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="382A4CF9" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
+          <w:p w14:paraId="382A4CF9" w14:textId="77777777" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>17h-18h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49D7BD28" w14:textId="1FD6762D" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="49D7BD28" w14:textId="1FD6762D" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 17h"/>
                 <w:tag w:val="Lu17"/>
                 <w:id w:val="202364996"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7480730E" w14:textId="6A081C7A" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="7480730E" w14:textId="6A081C7A" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 17h"/>
                 <w:tag w:val="Ma17"/>
                 <w:id w:val="-2144724704"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ECAE3E2" w14:textId="410474FF" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="7ECAE3E2" w14:textId="410474FF" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 17h"/>
                 <w:tag w:val="Me17"/>
                 <w:id w:val="-476605117"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4895426C" w14:textId="696261DB" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="4895426C" w14:textId="696261DB" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 17h"/>
                 <w:tag w:val="Je17"/>
                 <w:id w:val="1291793890"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="212203AD" w14:textId="4E3C2DDC" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="212203AD" w14:textId="4E3C2DDC" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 17h"/>
                 <w:tag w:val="Ve17"/>
                 <w:id w:val="1078173180"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
+                <w:r w:rsidRPr="00B36DE6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="1888E9C2" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="1888E9C2" w14:textId="77777777" w:rsidTr="0016444B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="122E4CEC" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
+          <w:p w14:paraId="122E4CEC" w14:textId="77777777" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>18h-19h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1549A499" w14:textId="2FBEFBB7" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="1549A499" w14:textId="2FBEFBB7" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 18h"/>
                 <w:tag w:val="Lu18"/>
                 <w:id w:val="-540519020"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="453C3129" w14:textId="4CC6EB0A" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="453C3129" w14:textId="4CC6EB0A" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 18h"/>
                 <w:tag w:val="Ma18"/>
                 <w:id w:val="807214502"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3136D8D9" w14:textId="729C4DD0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="3136D8D9" w14:textId="729C4DD0" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 18h"/>
                 <w:tag w:val="Me18"/>
                 <w:id w:val="-955251310"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2029C657" w14:textId="1D23EA7B" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="2029C657" w14:textId="1D23EA7B" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 18h"/>
                 <w:tag w:val="Je18"/>
                 <w:id w:val="355777587"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DAAB259" w14:textId="6EBE5310" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="7DAAB259" w14:textId="6EBE5310" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 18h"/>
                 <w:tag w:val="Ve18"/>
                 <w:id w:val="956301739"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
+                <w:r w:rsidRPr="00B36DE6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43100" w:rsidRPr="00B36DE6" w14:paraId="324EE72D" w14:textId="77777777" w:rsidTr="0016444B">
+      <w:tr w:rsidR="003706A8" w:rsidRPr="00B36DE6" w14:paraId="324EE72D" w14:textId="77777777" w:rsidTr="0016444B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="577C80D5" w14:textId="77777777" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00C43100" w:rsidP="00C43100">
+          <w:p w14:paraId="577C80D5" w14:textId="77777777" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36DE6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>19h-20h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E673E8C" w14:textId="1D936CC0" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="5E673E8C" w14:textId="1D936CC0" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Lundi 19h"/>
                 <w:tag w:val="Lu19"/>
                 <w:id w:val="1788777190"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39D77287" w14:textId="6AE18FC3" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="39D77287" w14:textId="6AE18FC3" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mardi 19h"/>
                 <w:tag w:val="Ma19"/>
                 <w:id w:val="-333147158"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19516D94" w14:textId="5D76D2EA" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="19516D94" w14:textId="5D76D2EA" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Mercredi 19h"/>
                 <w:tag w:val="Me19"/>
                 <w:id w:val="1353921812"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63E573A5" w14:textId="2ECA189C" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="63E573A5" w14:textId="2ECA189C" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="213"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Jeudi 19h"/>
                 <w:tag w:val="Je19"/>
                 <w:id w:val="916826431"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74927993" w14:textId="69217166" w:rsidR="00C43100" w:rsidRPr="00B36DE6" w:rsidRDefault="00904843" w:rsidP="00C43100">
+          <w:p w14:paraId="74927993" w14:textId="69217166" w:rsidR="003706A8" w:rsidRPr="00B36DE6" w:rsidRDefault="003706A8" w:rsidP="003706A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:alias w:val="Vendredi 19h"/>
                 <w:tag w:val="Ve19"/>
                 <w:id w:val="-401607294"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C43100" w:rsidRPr="00B36DE6">
+                <w:r w:rsidRPr="00B36DE6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18077D0C" w14:textId="28655F7D" w:rsidR="00B36DE6" w:rsidRPr="00B36DE6" w:rsidRDefault="00B36DE6" w:rsidP="00B36DE6">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3F762460">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
@@ -4575,285 +4762,285 @@
             <w:rPr>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>……………</w:t>
           </w:r>
           <w:proofErr w:type="gramStart"/>
           <w:r w:rsidR="007E0844">
             <w:rPr>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>…….</w:t>
           </w:r>
           <w:proofErr w:type="gramEnd"/>
           <w:r w:rsidRPr="3F762460">
             <w:rPr>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>…………………………………………………………</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7254E4B6" w14:textId="279C7F06" w:rsidR="00B36DE6" w:rsidRPr="00825285" w:rsidRDefault="00B36DE6" w:rsidP="00B36DE6">
+    <w:p w14:paraId="7254E4B6" w14:textId="279C7F06" w:rsidR="00B36DE6" w:rsidRPr="003706A8" w:rsidRDefault="00B36DE6" w:rsidP="00B36DE6">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00825285">
+      <w:r w:rsidRPr="003706A8">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(*) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">NB : tout au long de l’année vous pourrez nous informer en cas de </w:t>
       </w:r>
-      <w:r w:rsidR="0048749D" w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="0048749D" w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>changement :</w:t>
       </w:r>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD71287" w14:textId="77777777" w:rsidR="00B36DE6" w:rsidRPr="00825285" w:rsidRDefault="00B36DE6" w:rsidP="00B36DE6">
+    <w:p w14:paraId="3DD71287" w14:textId="77777777" w:rsidR="00B36DE6" w:rsidRPr="003706A8" w:rsidRDefault="00B36DE6" w:rsidP="00B36DE6">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- absence justifiée pour maladie </w:t>
       </w:r>
-      <w:r w:rsidRPr="00825285">
+      <w:r w:rsidRPr="003706A8">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>avec certificat médical à adresser obligatoirement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EEE9AFB" w14:textId="378DB82C" w:rsidR="00B36DE6" w:rsidRPr="00825285" w:rsidRDefault="00B36DE6" w:rsidP="00B36DE6">
+    <w:p w14:paraId="7EEE9AFB" w14:textId="378DB82C" w:rsidR="00B36DE6" w:rsidRPr="003706A8" w:rsidRDefault="00B36DE6" w:rsidP="00B36DE6">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- changement d’EDT lié à modification de vos cours ou période d’examen avec </w:t>
       </w:r>
-      <w:r w:rsidR="00103553">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00103553" w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apture de l’EDT sur l’ENT à adresser obligatoirement</w:t>
       </w:r>
-      <w:r w:rsidR="00B4104F" w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00B4104F" w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22BC9C80" w14:textId="6450038C" w:rsidR="00B36DE6" w:rsidRPr="00825285" w:rsidRDefault="00B36DE6" w:rsidP="00B36DE6">
+    <w:p w14:paraId="22BC9C80" w14:textId="6450038C" w:rsidR="00B36DE6" w:rsidRPr="003706A8" w:rsidRDefault="00B36DE6" w:rsidP="00B36DE6">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00103553">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00103553" w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>emande de congés à hauteur de 10% des heures déjà travaillées</w:t>
       </w:r>
-      <w:r w:rsidR="00103553">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00103553" w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="443207CD" w14:textId="3C9D7341" w:rsidR="00D267C6" w:rsidRPr="00825285" w:rsidRDefault="00B36DE6" w:rsidP="00D267C6">
+    <w:p w14:paraId="443207CD" w14:textId="3C9D7341" w:rsidR="00D267C6" w:rsidRPr="003706A8" w:rsidRDefault="00B36DE6" w:rsidP="00D267C6">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00103553">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00103553" w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">éponse aux </w:t>
       </w:r>
-      <w:r w:rsidR="00FB4D32">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00FB4D32" w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>changements</w:t>
       </w:r>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> lancés en cas d’absence de l’un</w:t>
       </w:r>
-      <w:r w:rsidR="009065C4">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="009065C4" w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou l’une</w:t>
       </w:r>
-      <w:r w:rsidRPr="00825285">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de vos collègues</w:t>
       </w:r>
-      <w:r w:rsidR="00103553">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00103553" w:rsidRPr="003706A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D267C6" w:rsidRPr="00825285" w:rsidSect="001A30C3">
+    <w:sectPr w:rsidR="00D267C6" w:rsidRPr="003706A8" w:rsidSect="001A30C3">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="510" w:left="1418" w:header="454" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E135F7C" w14:textId="77777777" w:rsidR="001A30C3" w:rsidRDefault="001A30C3" w:rsidP="001A30C3">
+    <w:p w14:paraId="0D401770" w14:textId="77777777" w:rsidR="00185B63" w:rsidRDefault="00185B63" w:rsidP="001A30C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DFF987B" w14:textId="77777777" w:rsidR="001A30C3" w:rsidRDefault="001A30C3" w:rsidP="001A30C3">
+    <w:p w14:paraId="38E27C62" w14:textId="77777777" w:rsidR="00185B63" w:rsidRDefault="00185B63" w:rsidP="001A30C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -4882,58 +5069,58 @@
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75679B26" w14:textId="77777777" w:rsidR="001A30C3" w:rsidRDefault="001A30C3" w:rsidP="001A30C3">
+    <w:p w14:paraId="2350CDC1" w14:textId="77777777" w:rsidR="00185B63" w:rsidRDefault="00185B63" w:rsidP="001A30C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="507EEE53" w14:textId="77777777" w:rsidR="001A30C3" w:rsidRDefault="001A30C3" w:rsidP="001A30C3">
+    <w:p w14:paraId="7D07BA9E" w14:textId="77777777" w:rsidR="00185B63" w:rsidRDefault="00185B63" w:rsidP="001A30C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5930B658" w14:textId="5A1F4145" w:rsidR="001A30C3" w:rsidRDefault="001A30C3">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C17D82B" wp14:editId="27D65713">
@@ -4975,123 +5162,126 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="1934922" cy="461010"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="dzFPd1vf2yb2B8mhOAoNk97HHRETNG/6FJYiAYr8hXNBk9gnS0M7CbmHpl3RWGgKZ3Liz1IP0stKM1RsLEg0/w==" w:salt="7upRbV+BUA4fAbUx+noFYQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="xt85EEoeZWGQdIJVltaSxQsI3O8+hGJ/KVggqqvccCR3T6V+VjHSxNQ8EQh4JabnOWy9OlTC5KyYryMLq6UY7Q==" w:salt="pME7QrPFgECMDrDJVOvlyg=="/>
   <w:defaultTabStop w:val="57"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E0C4E"/>
     <w:rsid w:val="00003E19"/>
     <w:rsid w:val="00006225"/>
     <w:rsid w:val="00007C76"/>
     <w:rsid w:val="00020986"/>
     <w:rsid w:val="00027B78"/>
     <w:rsid w:val="000A1B3D"/>
     <w:rsid w:val="000E72ED"/>
     <w:rsid w:val="000F2FE9"/>
     <w:rsid w:val="00103553"/>
     <w:rsid w:val="00117906"/>
     <w:rsid w:val="00132E4C"/>
     <w:rsid w:val="0016444B"/>
+    <w:rsid w:val="00185B63"/>
     <w:rsid w:val="001A30C3"/>
     <w:rsid w:val="001A5848"/>
     <w:rsid w:val="001B36F8"/>
     <w:rsid w:val="001E614A"/>
     <w:rsid w:val="00252AC9"/>
     <w:rsid w:val="002876F3"/>
     <w:rsid w:val="002A7583"/>
     <w:rsid w:val="002F270D"/>
     <w:rsid w:val="003555C3"/>
+    <w:rsid w:val="003706A8"/>
     <w:rsid w:val="003A6D28"/>
     <w:rsid w:val="003C614A"/>
     <w:rsid w:val="003D5CFC"/>
     <w:rsid w:val="00442C76"/>
     <w:rsid w:val="0044623F"/>
     <w:rsid w:val="00460A0E"/>
     <w:rsid w:val="00475A4F"/>
     <w:rsid w:val="0048749D"/>
     <w:rsid w:val="004C0239"/>
     <w:rsid w:val="00590196"/>
     <w:rsid w:val="005B342D"/>
     <w:rsid w:val="00606560"/>
     <w:rsid w:val="0061520E"/>
     <w:rsid w:val="006304B1"/>
     <w:rsid w:val="00650A7B"/>
     <w:rsid w:val="00660130"/>
     <w:rsid w:val="00662D20"/>
     <w:rsid w:val="006A7044"/>
     <w:rsid w:val="006E64A9"/>
     <w:rsid w:val="00772B03"/>
     <w:rsid w:val="007A44D5"/>
     <w:rsid w:val="007C3236"/>
     <w:rsid w:val="007D4766"/>
     <w:rsid w:val="007E0844"/>
     <w:rsid w:val="007E31A9"/>
+    <w:rsid w:val="007E7936"/>
     <w:rsid w:val="00807884"/>
     <w:rsid w:val="00821A70"/>
     <w:rsid w:val="00825285"/>
     <w:rsid w:val="008268B8"/>
     <w:rsid w:val="00850B43"/>
     <w:rsid w:val="00865725"/>
     <w:rsid w:val="00866290"/>
     <w:rsid w:val="008726BF"/>
     <w:rsid w:val="008863C1"/>
     <w:rsid w:val="008B33E2"/>
     <w:rsid w:val="008B69CE"/>
     <w:rsid w:val="008E0C4E"/>
     <w:rsid w:val="00904843"/>
     <w:rsid w:val="009065C4"/>
     <w:rsid w:val="00922589"/>
     <w:rsid w:val="00937948"/>
     <w:rsid w:val="00971CA4"/>
     <w:rsid w:val="00972123"/>
     <w:rsid w:val="009C6746"/>
     <w:rsid w:val="009D7FB0"/>
     <w:rsid w:val="00A41D51"/>
     <w:rsid w:val="00A54936"/>
     <w:rsid w:val="00A74C31"/>
     <w:rsid w:val="00B026D7"/>
     <w:rsid w:val="00B049F4"/>
@@ -6457,56 +6647,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00400F53"/>
+    <w:rsid w:val="001A2392"/>
     <w:rsid w:val="00400F53"/>
     <w:rsid w:val="00451488"/>
     <w:rsid w:val="004C20F8"/>
     <w:rsid w:val="005F376B"/>
     <w:rsid w:val="00606560"/>
     <w:rsid w:val="006931E3"/>
+    <w:rsid w:val="007E7936"/>
     <w:rsid w:val="008B69CE"/>
     <w:rsid w:val="009C6746"/>
     <w:rsid w:val="00C1223B"/>
     <w:rsid w:val="00CA563C"/>
     <w:rsid w:val="00D408CA"/>
     <w:rsid w:val="00E061AD"/>
     <w:rsid w:val="00FF0707"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -7156,63 +7348,50 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A5C6A40F325244129EB0EC230555A3163">
     <w:name w:val="A5C6A40F325244129EB0EC230555A3163"/>
     <w:rsid w:val="004C20F8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5B23CD958964D38B6128D68E9E9BDA63">
     <w:name w:val="C5B23CD958964D38B6128D68E9E9BDA63"/>
     <w:rsid w:val="004C20F8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="648DAD3417844E348807F0EDD31C7EC4">
-[...11 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -7461,70 +7640,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEC2C700-3DF3-3D49-AF50-D5365CA75D51}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>372</Words>
-  <Characters>2051</Characters>
+  <Words>377</Words>
+  <Characters>2075</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2419</CharactersWithSpaces>
+  <CharactersWithSpaces>2448</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Invité</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>